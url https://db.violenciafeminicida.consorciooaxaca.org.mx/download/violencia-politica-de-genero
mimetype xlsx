--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -561,56 +561,56 @@
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C2" t="n">
         <v>2024</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>45531</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Mayret Jimena P. H.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Tesorera</t>
         </is>
       </c>
       <c r="I2" t="n">
         <v>1</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>Oscar Genaro A. C.</t>
         </is>
       </c>
       <c r="K2" t="inlineStr"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -628,94 +628,94 @@
       <c r="P2" t="inlineStr">
         <is>
           <t>San José Ayuquila</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>San José Ayuquila</t>
         </is>
       </c>
       <c r="R2" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S2" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T2" t="n">
         <v>20165</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W2" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C3" t="n">
         <v>2024</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>45329</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Laura B. M.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I3" t="n">
         <v>1</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>Lauro P. S.</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -733,94 +733,94 @@
       <c r="P3" t="inlineStr">
         <is>
           <t>San Juan Lalana</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>San Juan Lalana</t>
         </is>
       </c>
       <c r="R3" t="inlineStr">
         <is>
           <t>Choápam</t>
         </is>
       </c>
       <c r="S3" t="inlineStr">
         <is>
           <t>Papaloapam</t>
         </is>
       </c>
       <c r="T3" t="n">
         <v>20205</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V3" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C4" t="n">
         <v>2024</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>45313</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Modesta H. L.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Agente Municipal</t>
         </is>
       </c>
       <c r="I4" t="n">
         <v>1</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>Carlos Rigoberto Ch. P.</t>
         </is>
       </c>
       <c r="K4" t="inlineStr"/>
       <c r="L4" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -838,94 +838,94 @@
       <c r="P4" t="inlineStr">
         <is>
           <t>Zaachila</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>Villa de Zaachila</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
           <t>Zaachila</t>
         </is>
       </c>
       <c r="S4" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T4" t="n">
         <v>20565</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V4" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W4" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C5" t="n">
         <v>2024</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>45312</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I5" t="n">
         <v>1</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>Gabriel G. N.</t>
         </is>
       </c>
       <c r="K5" t="inlineStr"/>
       <c r="L5" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -943,94 +943,94 @@
       <c r="P5" t="inlineStr">
         <is>
           <t>Santa Ana Cuauhtémoc</t>
         </is>
       </c>
       <c r="Q5" t="inlineStr">
         <is>
           <t>Santa Ana Cuauhtémoc</t>
         </is>
       </c>
       <c r="R5" t="inlineStr">
         <is>
           <t>Cuicatlán</t>
         </is>
       </c>
       <c r="S5" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T5" t="n">
         <v>20355</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V5" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W5" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C6" t="n">
         <v>2024</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>45310</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Verónica C. M.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I6" t="n">
         <v>1</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
           <t>R.C .A.</t>
         </is>
       </c>
       <c r="K6" t="inlineStr"/>
       <c r="L6" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -1048,94 +1048,94 @@
       <c r="P6" t="inlineStr">
         <is>
           <t>Tezoatlán de Segura y Luna</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr">
         <is>
           <t>Heroica Villa Tezoatlán de Segura y Luna, Cuna de la Independencia de Oaxaca</t>
         </is>
       </c>
       <c r="R6" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S6" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T6" t="n">
         <v>20549</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W6" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C7" t="n">
         <v>2024</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>45308</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Olga C. P.</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I7" t="n">
         <v>1</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>Viliulfo P. H.</t>
         </is>
       </c>
       <c r="K7" t="inlineStr"/>
       <c r="L7" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -1153,94 +1153,94 @@
       <c r="P7" t="inlineStr">
         <is>
           <t>San José Ayuquila</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr">
         <is>
           <t>San José Ayuquila</t>
         </is>
       </c>
       <c r="R7" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S7" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T7" t="n">
         <v>20165</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C8" t="n">
         <v>2023</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>45272</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I8" t="n">
         <v>1</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
           <t>Crispín A. E.</t>
         </is>
       </c>
       <c r="K8" t="inlineStr"/>
       <c r="L8" t="inlineStr">
         <is>
           <t>Regidor</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -1258,94 +1258,94 @@
       <c r="P8" t="inlineStr">
         <is>
           <t>Atzompa</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr">
         <is>
           <t>Santa María Atzompa</t>
         </is>
       </c>
       <c r="R8" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S8" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T8" t="n">
         <v>20399</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W8" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C9" t="n">
         <v>2023</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>45266</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Liz A.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>Diputada</t>
         </is>
       </c>
       <c r="I9" t="n">
         <v>1</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="K9" t="inlineStr"/>
       <c r="L9" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -1363,94 +1363,94 @@
       <c r="P9" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="R9" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S9" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T9" t="n">
         <v>20067</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W9" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C10" t="n">
         <v>2023</v>
       </c>
       <c r="D10" s="1" t="n">
         <v>45239</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Inés M. R.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I10" t="n">
         <v>1</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
           <t>José L. M.</t>
         </is>
       </c>
       <c r="K10" t="inlineStr"/>
       <c r="L10" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
           <t>Compañero de trabajoI</t>
         </is>
@@ -1468,94 +1468,94 @@
       <c r="P10" t="inlineStr">
         <is>
           <t>Zapotitlán Palmas</t>
         </is>
       </c>
       <c r="Q10" t="inlineStr">
         <is>
           <t>Zapotitlán Palmas</t>
         </is>
       </c>
       <c r="R10" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S10" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T10" t="n">
         <v>20568</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W10" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>El Piñero</t>
         </is>
       </c>
       <c r="C11" t="n">
         <v>2023</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>45219</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>María del Rosario U. H.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I11" t="n">
         <v>1</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
           <t>José M. R.</t>
         </is>
       </c>
       <c r="K11" t="inlineStr"/>
       <c r="L11" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -1573,94 +1573,94 @@
       <c r="P11" t="inlineStr">
         <is>
           <t>Reforma de Pineda</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr">
         <is>
           <t>Reforma de Pineda</t>
         </is>
       </c>
       <c r="R11" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S11" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T11" t="n">
         <v>20075</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W11" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C12" t="n">
         <v>2023</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>45211</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Concepción G. G.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I12" t="n">
         <v>2</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="K12" t="inlineStr"/>
       <c r="L12" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -1678,94 +1678,94 @@
       <c r="P12" t="inlineStr">
         <is>
           <t>Asunción, Ocotlán</t>
         </is>
       </c>
       <c r="Q12" t="inlineStr">
         <is>
           <t>Asunción Ocotlán</t>
         </is>
       </c>
       <c r="R12" t="inlineStr">
         <is>
           <t>Ocotlán</t>
         </is>
       </c>
       <c r="S12" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T12" t="n">
         <v>20007</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W12" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C13" t="n">
         <v>2023</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>45088</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I13" t="n">
         <v>1</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
           <t>Timoteo V. V.</t>
         </is>
       </c>
       <c r="K13" t="inlineStr"/>
       <c r="L13" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -1783,94 +1783,94 @@
       <c r="P13" t="inlineStr">
         <is>
           <t>Santa Catarina, Quiané</t>
         </is>
       </c>
       <c r="Q13" t="inlineStr">
         <is>
           <t>Santa Catarina Quiané</t>
         </is>
       </c>
       <c r="R13" t="inlineStr">
         <is>
           <t>Zimatlán</t>
         </is>
       </c>
       <c r="S13" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T13" t="n">
         <v>20369</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C14" t="n">
         <v>2023</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>45076</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Karen Rowena G. S.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I14" t="n">
         <v>1</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
           <t>Luis Francisco M. A.</t>
         </is>
       </c>
       <c r="K14" t="inlineStr"/>
       <c r="L14" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -1888,94 +1888,94 @@
       <c r="P14" t="inlineStr">
         <is>
           <t>Ocotlán de Morelos</t>
         </is>
       </c>
       <c r="Q14" t="inlineStr">
         <is>
           <t>Ocotlán de Morelos</t>
         </is>
       </c>
       <c r="R14" t="inlineStr">
         <is>
           <t>Ocotlán</t>
         </is>
       </c>
       <c r="S14" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T14" t="n">
         <v>20068</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W14" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C15" t="n">
         <v>2023</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>45073</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I15" t="n">
         <v>1</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="K15" t="inlineStr"/>
       <c r="L15" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -1993,94 +1993,94 @@
       <c r="P15" t="inlineStr">
         <is>
           <t>Cuilápam de Guerrero</t>
         </is>
       </c>
       <c r="Q15" t="inlineStr">
         <is>
           <t>Cuilápam de Guerrero</t>
         </is>
       </c>
       <c r="R15" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S15" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T15" t="n">
         <v>20023</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C16" t="n">
         <v>2023</v>
       </c>
       <c r="D16" s="1" t="n">
         <v>45052</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Juliana Maricela M. O.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I16" t="n">
         <v>2</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
           <t>Leonel R. C.</t>
         </is>
       </c>
       <c r="K16" t="inlineStr"/>
       <c r="L16" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -2098,94 +2098,94 @@
       <c r="P16" t="inlineStr">
         <is>
           <t>Santa María Tecomavaca</t>
         </is>
       </c>
       <c r="Q16" t="inlineStr">
         <is>
           <t>Santa María Tecomavaca</t>
         </is>
       </c>
       <c r="R16" t="inlineStr">
         <is>
           <t>Teotitlán</t>
         </is>
       </c>
       <c r="S16" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T16" t="n">
         <v>20431</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W16" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C17" t="n">
         <v>2023</v>
       </c>
       <c r="D17" s="1" t="n">
         <v>44946</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Cinthia M. R.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I17" t="n">
         <v>1</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
           <t>Rigoberto Ch.</t>
         </is>
       </c>
       <c r="K17" t="inlineStr"/>
       <c r="L17" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -2203,199 +2203,199 @@
       <c r="P17" t="inlineStr">
         <is>
           <t>La Reforma, Zaachila</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr">
         <is>
           <t>Villa de Zaachila</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
           <t>Zaachila</t>
         </is>
       </c>
       <c r="S17" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T17" t="n">
         <v>20565</v>
       </c>
       <c r="U17" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V17" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C18" t="n">
         <v>2023</v>
       </c>
       <c r="D18" s="1" t="n">
         <v>44940</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>Secretaria</t>
         </is>
       </c>
       <c r="I18" t="n">
         <v>1</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
           <t>Uriel D. C.</t>
         </is>
       </c>
       <c r="K18" t="inlineStr"/>
       <c r="L18" t="inlineStr">
         <is>
           <t>Presidente  del comité</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="O18" t="inlineStr">
         <is>
           <t>Obstrucción para desempeñar sus cargo omiso en pagarle de manera completa la dieta de su encargo</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="Q18" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="R18" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S18" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T18" t="n">
         <v>20067</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C19" t="n">
         <v>2022</v>
       </c>
       <c r="D19" s="1" t="n">
         <v>44926</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I19" t="n">
         <v>1</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
           <t>David G. M.</t>
         </is>
       </c>
       <c r="K19" t="inlineStr"/>
       <c r="L19" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -2413,94 +2413,94 @@
       <c r="P19" t="inlineStr">
         <is>
           <t>Huautla de Jiménez</t>
         </is>
       </c>
       <c r="Q19" t="inlineStr">
         <is>
           <t>Huautla de Jiménez</t>
         </is>
       </c>
       <c r="R19" t="inlineStr">
         <is>
           <t>Teotitlán</t>
         </is>
       </c>
       <c r="S19" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T19" t="n">
         <v>20041</v>
       </c>
       <c r="U19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C20" t="n">
         <v>2022</v>
       </c>
       <c r="D20" s="1" t="n">
         <v>44916</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Cinthya H. B.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I20" t="n">
         <v>2</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
           <t>Miguel Ángel M. M.</t>
         </is>
       </c>
       <c r="K20" t="inlineStr"/>
       <c r="L20" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -2518,94 +2518,94 @@
       <c r="P20" t="inlineStr">
         <is>
           <t>Villa de Etla</t>
         </is>
       </c>
       <c r="Q20" t="inlineStr">
         <is>
           <t>Villa de Etla</t>
         </is>
       </c>
       <c r="R20" t="inlineStr">
         <is>
           <t>Etla</t>
         </is>
       </c>
       <c r="S20" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T20" t="n">
         <v>20338</v>
       </c>
       <c r="U20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C21" t="n">
         <v>2022</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>44907</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Nadia V. L.</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I21" t="n">
         <v>1</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
           <t>Joselito V. L.</t>
         </is>
       </c>
       <c r="K21" t="inlineStr"/>
       <c r="L21" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -2623,409 +2623,409 @@
       <c r="P21" t="inlineStr">
         <is>
           <t>El Espinal</t>
         </is>
       </c>
       <c r="Q21" t="inlineStr">
         <is>
           <t>El Espinal</t>
         </is>
       </c>
       <c r="R21" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S21" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T21" t="n">
         <v>20030</v>
       </c>
       <c r="U21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Noticias, El  Imparcial</t>
         </is>
       </c>
       <c r="C22" t="n">
         <v>2022</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>44895</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Cinthya H. B.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I22" t="n">
         <v>1</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
           <t>Miguel Ángel M. M.</t>
         </is>
       </c>
       <c r="K22" t="inlineStr"/>
       <c r="L22" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N22" t="inlineStr">
         <is>
           <t>Impedimento de la realización de sus funciones</t>
         </is>
       </c>
       <c r="O22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="P22" t="inlineStr">
         <is>
           <t>Villa de Etla</t>
         </is>
       </c>
       <c r="Q22" t="inlineStr">
         <is>
           <t>Villa de Etla</t>
         </is>
       </c>
       <c r="R22" t="inlineStr">
         <is>
           <t>Etla</t>
         </is>
       </c>
       <c r="S22" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T22" t="n">
         <v>20338</v>
       </c>
       <c r="U22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C23" t="n">
         <v>2022</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>44870</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Yuliana V. R.</t>
+          <t>Xitlalli G. S.</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I23" t="n">
         <v>1</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
           <t>José Alberto  M. L.</t>
         </is>
       </c>
       <c r="K23" t="inlineStr"/>
       <c r="L23" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N23" t="inlineStr">
         <is>
           <t>Impedimento de la realización de sus funciones</t>
         </is>
       </c>
       <c r="O23" t="inlineStr">
         <is>
-          <t>Impedir ejercer sus funciones  e incurrir en tratos degradantes</t>
+          <t>Impedir ejercer sus funcione e incurrir en tratos degradantes</t>
         </is>
       </c>
       <c r="P23" t="inlineStr">
         <is>
           <t>Miahuatlán de Porfirio Díaz</t>
         </is>
       </c>
       <c r="Q23" t="inlineStr">
         <is>
           <t>Miahuatlán de Porfirio Díaz</t>
         </is>
       </c>
       <c r="R23" t="inlineStr">
         <is>
           <t>Miahuatlán</t>
         </is>
       </c>
       <c r="S23" t="inlineStr">
         <is>
           <t>Sierra Sur</t>
         </is>
       </c>
       <c r="T23" t="n">
         <v>20059</v>
       </c>
       <c r="U23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C24" t="n">
         <v>2022</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>44870</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Xitlalli G. S.</t>
+          <t>Yuliana V. R.</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I24" t="n">
         <v>1</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
           <t>José Alberto  M. L.</t>
         </is>
       </c>
       <c r="K24" t="inlineStr"/>
       <c r="L24" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N24" t="inlineStr">
         <is>
           <t>Impedimento de la realización de sus funciones</t>
         </is>
       </c>
       <c r="O24" t="inlineStr">
         <is>
-          <t>Impedir ejercer sus funcione e incurrir en tratos degradantes</t>
+          <t>Impedir ejercer sus funciones  e incurrir en tratos degradantes</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
           <t>Miahuatlán de Porfirio Díaz</t>
         </is>
       </c>
       <c r="Q24" t="inlineStr">
         <is>
           <t>Miahuatlán de Porfirio Díaz</t>
         </is>
       </c>
       <c r="R24" t="inlineStr">
         <is>
           <t>Miahuatlán</t>
         </is>
       </c>
       <c r="S24" t="inlineStr">
         <is>
           <t>Sierra Sur</t>
         </is>
       </c>
       <c r="T24" t="n">
         <v>20059</v>
       </c>
       <c r="U24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C25" t="n">
         <v>2022</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>44851</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Surian V. A.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I25" t="n">
         <v>1</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="K25" t="inlineStr"/>
       <c r="L25" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -3043,94 +3043,94 @@
       <c r="P25" t="inlineStr">
         <is>
           <t>Tamazulápam  del  Progreso</t>
         </is>
       </c>
       <c r="Q25" t="inlineStr">
         <is>
           <t>Villa de Tamazulápam del Progreso</t>
         </is>
       </c>
       <c r="R25" t="inlineStr">
         <is>
           <t>Teposcolula</t>
         </is>
       </c>
       <c r="S25" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T25" t="n">
         <v>20540</v>
       </c>
       <c r="U25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C26" t="n">
         <v>2022</v>
       </c>
       <c r="D26" s="1" t="n">
         <v>44850</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Leticia  M. L.</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="I26" t="n">
         <v>1</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
           <t>Ángel A.</t>
         </is>
       </c>
       <c r="K26" t="inlineStr"/>
       <c r="L26" t="inlineStr">
         <is>
           <t>Agente</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -3148,94 +3148,94 @@
       <c r="P26" t="inlineStr">
         <is>
           <t>San Luis Beltrán</t>
         </is>
       </c>
       <c r="Q26" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="R26" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S26" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T26" t="n">
         <v>20067</v>
       </c>
       <c r="U26" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V26" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W26" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C27" t="n">
         <v>2022</v>
       </c>
       <c r="D27" s="1" t="n">
         <v>44845</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Essica V. R.</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="I27" t="n">
         <v>1</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
           <t>Ernesto M.</t>
         </is>
       </c>
       <c r="K27" t="inlineStr"/>
       <c r="L27" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -3253,199 +3253,199 @@
       <c r="P27" t="inlineStr">
         <is>
           <t>Santiago  Yaveo</t>
         </is>
       </c>
       <c r="Q27" t="inlineStr">
         <is>
           <t>Santiago Yaveo</t>
         </is>
       </c>
       <c r="R27" t="inlineStr">
         <is>
           <t>Choápam</t>
         </is>
       </c>
       <c r="S27" t="inlineStr">
         <is>
           <t>Papaloapam</t>
         </is>
       </c>
       <c r="T27" t="n">
         <v>20498</v>
       </c>
       <c r="U27" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V27" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W27" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C28" t="n">
         <v>2022</v>
       </c>
       <c r="D28" s="1" t="n">
         <v>44840</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Angélica Silvia M. L.</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I28" t="n">
         <v>2</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
           <t>Gustavo H. L. -- Marcial Floriberto  G. M.</t>
         </is>
       </c>
       <c r="K28" t="inlineStr"/>
       <c r="L28" t="inlineStr">
         <is>
           <t>Regidor -- Presidente  Municipal</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
           <t>Compañero de trabajo -- Compañero de trabajo</t>
         </is>
       </c>
       <c r="N28" t="inlineStr">
         <is>
           <t>Impedimento de la realización de sus funciones</t>
         </is>
       </c>
       <c r="O28" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="P28" t="inlineStr">
         <is>
           <t>San Andrés Ixtlahuaca</t>
         </is>
       </c>
       <c r="Q28" t="inlineStr">
         <is>
           <t>San Andrés Ixtlahuaca</t>
         </is>
       </c>
       <c r="R28" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S28" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T28" t="n">
         <v>20092</v>
       </c>
       <c r="U28" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V28" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W28" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C29" t="n">
         <v>2022</v>
       </c>
       <c r="D29" s="1" t="n">
         <v>44839</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>M. E. A. P.</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
           <t>Tesorera</t>
         </is>
       </c>
       <c r="I29" t="n">
         <v>1</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
           <t>Luis Alberto S. M.</t>
         </is>
       </c>
       <c r="K29" t="inlineStr"/>
       <c r="L29" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -3463,94 +3463,94 @@
       <c r="P29" t="inlineStr">
         <is>
           <t>San Andrés Zautla</t>
         </is>
       </c>
       <c r="Q29" t="inlineStr">
         <is>
           <t>San Andrés Zautla</t>
         </is>
       </c>
       <c r="R29" t="inlineStr">
         <is>
           <t>Etla</t>
         </is>
       </c>
       <c r="S29" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T29" t="n">
         <v>20102</v>
       </c>
       <c r="U29" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V29" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W29" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C30" t="n">
         <v>2022</v>
       </c>
       <c r="D30" s="1" t="n">
         <v>44831</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Xitlali G.</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I30" t="n">
         <v>1</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
           <t>José Alberto M. L.</t>
         </is>
       </c>
       <c r="K30" t="inlineStr"/>
       <c r="L30" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -3568,409 +3568,409 @@
       <c r="P30" t="inlineStr">
         <is>
           <t>Miahuatlán de Porfirio Díaz</t>
         </is>
       </c>
       <c r="Q30" t="inlineStr">
         <is>
           <t>Miahuatlán de Porfirio Díaz</t>
         </is>
       </c>
       <c r="R30" t="inlineStr">
         <is>
           <t>Miahuatlán</t>
         </is>
       </c>
       <c r="S30" t="inlineStr">
         <is>
           <t>Sierra Sur</t>
         </is>
       </c>
       <c r="T30" t="n">
         <v>20059</v>
       </c>
       <c r="U30" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V30" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W30" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C31" t="n">
         <v>2022</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>44583</v>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Karla C. O.</t>
+          <t>Dalia M. T.</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>Regidora Municipal</t>
+          <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I31" t="n">
         <v>1</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
           <t>Efraín B. G.</t>
         </is>
       </c>
       <c r="K31" t="inlineStr"/>
       <c r="L31" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N31" t="inlineStr">
         <is>
           <t>Insultos</t>
         </is>
       </c>
       <c r="O31" t="inlineStr">
         <is>
-          <t>Le pide su renuncia haciendo alusión que no es apta para el cargo sobre todo por la condición de género</t>
+          <t>Le pide su renuncia  haciendo alusión que no es apta para el cargo sobre todo  por la condición de género</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
           <t>Santiago Chazumba</t>
         </is>
       </c>
       <c r="Q31" t="inlineStr">
         <is>
           <t>Santiago Chazumba</t>
         </is>
       </c>
       <c r="R31" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S31" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T31" t="n">
         <v>20459</v>
       </c>
       <c r="U31" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V31" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W31" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C32" t="n">
         <v>2022</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>44583</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Dalia M. T.</t>
+          <t>María Guadalupe L. H.</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>Síndica Municipal</t>
+          <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I32" t="n">
         <v>1</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
           <t>Efraín B. G.</t>
         </is>
       </c>
       <c r="K32" t="inlineStr"/>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Presidente  Municipal</t>
+          <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N32" t="inlineStr">
         <is>
           <t>Insultos</t>
         </is>
       </c>
       <c r="O32" t="inlineStr">
         <is>
-          <t>Le pide su renuncia  haciendo alusión que no es apta para el cargo sobre todo  por la condición de género</t>
+          <t>Le pide su renuncia haciendo alusión que no es apta para el cargo sobre todo  por la condición de género</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
           <t>Santiago Chazumba</t>
         </is>
       </c>
       <c r="Q32" t="inlineStr">
         <is>
           <t>Santiago Chazumba</t>
         </is>
       </c>
       <c r="R32" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S32" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T32" t="n">
         <v>20459</v>
       </c>
       <c r="U32" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V32" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W32" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C33" t="n">
         <v>2022</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>44583</v>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>María Guadalupe L. H.</t>
+          <t>Karla C. O.</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I33" t="n">
         <v>1</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
           <t>Efraín B. G.</t>
         </is>
       </c>
       <c r="K33" t="inlineStr"/>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Presidente Municipal</t>
+          <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N33" t="inlineStr">
         <is>
           <t>Insultos</t>
         </is>
       </c>
       <c r="O33" t="inlineStr">
         <is>
-          <t>Le pide su renuncia haciendo alusión que no es apta para el cargo sobre todo  por la condición de género</t>
+          <t>Le pide su renuncia haciendo alusión que no es apta para el cargo sobre todo por la condición de género</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
           <t>Santiago Chazumba</t>
         </is>
       </c>
       <c r="Q33" t="inlineStr">
         <is>
           <t>Santiago Chazumba</t>
         </is>
       </c>
       <c r="R33" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S33" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T33" t="n">
         <v>20459</v>
       </c>
       <c r="U33" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W33" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C34" t="n">
         <v>2022</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>44576</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Lourdes J. L.</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I34" t="n">
         <v>1</v>
       </c>
       <c r="J34" t="inlineStr">
         <is>
           <t>Otilio Nicolas</t>
         </is>
       </c>
       <c r="K34" t="inlineStr"/>
       <c r="L34" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -3988,94 +3988,94 @@
       <c r="P34" t="inlineStr">
         <is>
           <t>Chalcatongo de Hidalgo</t>
         </is>
       </c>
       <c r="Q34" t="inlineStr">
         <is>
           <t>Chalcatongo de Hidalgo</t>
         </is>
       </c>
       <c r="R34" t="inlineStr">
         <is>
           <t>Tlaxiaco</t>
         </is>
       </c>
       <c r="S34" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T34" t="n">
         <v>20026</v>
       </c>
       <c r="U34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C35" t="n">
         <v>2021</v>
       </c>
       <c r="D35" s="1" t="n">
         <v>44560</v>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Sonia L. G.</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I35" t="n">
         <v>1</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
           <t>Jorge Luis R. J.</t>
         </is>
       </c>
       <c r="K35" t="inlineStr"/>
       <c r="L35" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -4093,94 +4093,94 @@
       <c r="P35" t="inlineStr">
         <is>
           <t>San Dionisio del Mar</t>
         </is>
       </c>
       <c r="Q35" t="inlineStr">
         <is>
           <t>San Dionisio del Mar</t>
         </is>
       </c>
       <c r="R35" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S35" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T35" t="n">
         <v>20130</v>
       </c>
       <c r="U35" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V35" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W35" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Noticias, El  Imparcial</t>
         </is>
       </c>
       <c r="C36" t="n">
         <v>2021</v>
       </c>
       <c r="D36" s="1" t="n">
         <v>44547</v>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Sarahú  P.  L.</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I36" t="n">
         <v>1</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
           <t>José Guadalupe B. B.</t>
         </is>
       </c>
       <c r="K36" t="inlineStr"/>
       <c r="L36" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -4198,94 +4198,94 @@
       <c r="P36" t="inlineStr">
         <is>
           <t>Santiago Huajolotitlán</t>
         </is>
       </c>
       <c r="Q36" t="inlineStr">
         <is>
           <t>Santiago Huajolotitlán</t>
         </is>
       </c>
       <c r="R36" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S36" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T36" t="n">
         <v>20462</v>
       </c>
       <c r="U36" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V36" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W36" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C37" t="n">
         <v>2021</v>
       </c>
       <c r="D37" s="1" t="n">
         <v>44542</v>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Carmen R. M.</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>Secretaria</t>
         </is>
       </c>
       <c r="I37" t="n">
         <v>1</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="K37" t="inlineStr"/>
       <c r="L37" t="inlineStr">
         <is>
           <t>Presidente  del comité</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -4303,99 +4303,99 @@
       <c r="P37" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="Q37" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="R37" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S37" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T37" t="n">
         <v>20067</v>
       </c>
       <c r="U37" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V37" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W37" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C38" t="n">
         <v>2021</v>
       </c>
       <c r="D38" s="1" t="n">
         <v>44536</v>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>Fátima Jocelyn M. S,</t>
+          <t>Leticia Z. M.</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>Regidora Municipal</t>
+          <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I38" t="n">
         <v>1</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="K38" t="inlineStr"/>
       <c r="L38" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N38" t="inlineStr">
         <is>
           <t>Insultos</t>
         </is>
@@ -4408,99 +4408,99 @@
       <c r="P38" t="inlineStr">
         <is>
           <t>Concepción Pápalo</t>
         </is>
       </c>
       <c r="Q38" t="inlineStr">
         <is>
           <t>Concepción Pápalo</t>
         </is>
       </c>
       <c r="R38" t="inlineStr">
         <is>
           <t>Cuicatlán</t>
         </is>
       </c>
       <c r="S38" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T38" t="n">
         <v>20019</v>
       </c>
       <c r="U38" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V38" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W38" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C39" t="n">
         <v>2021</v>
       </c>
       <c r="D39" s="1" t="n">
         <v>44536</v>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>Leticia Z. M.</t>
+          <t>Fátima Jocelyn M. S,</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>Síndica Municipal</t>
+          <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I39" t="n">
         <v>1</v>
       </c>
       <c r="J39" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="K39" t="inlineStr"/>
       <c r="L39" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N39" t="inlineStr">
         <is>
           <t>Insultos</t>
         </is>
@@ -4513,94 +4513,94 @@
       <c r="P39" t="inlineStr">
         <is>
           <t>Concepción Pápalo</t>
         </is>
       </c>
       <c r="Q39" t="inlineStr">
         <is>
           <t>Concepción Pápalo</t>
         </is>
       </c>
       <c r="R39" t="inlineStr">
         <is>
           <t>Cuicatlán</t>
         </is>
       </c>
       <c r="S39" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T39" t="n">
         <v>20019</v>
       </c>
       <c r="U39" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V39" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W39" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C40" t="n">
         <v>2021</v>
       </c>
       <c r="D40" s="1" t="n">
         <v>44496</v>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Maribel Aida  V. G.</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I40" t="n">
         <v>2</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
           <t>Juan Gabriel H. G.</t>
         </is>
       </c>
       <c r="K40" t="inlineStr"/>
       <c r="L40" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -4618,304 +4618,304 @@
       <c r="P40" t="inlineStr">
         <is>
           <t>San  Esteban Atatlahuaca</t>
         </is>
       </c>
       <c r="Q40" t="inlineStr">
         <is>
           <t>San Esteban Atatlahuca</t>
         </is>
       </c>
       <c r="R40" t="inlineStr">
         <is>
           <t>Tlaxiaco</t>
         </is>
       </c>
       <c r="S40" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T40" t="n">
         <v>20133</v>
       </c>
       <c r="U40" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V40" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W40" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C41" t="n">
         <v>2021</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>44478</v>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>María Isabel P. R.</t>
+          <t>Elvia J. S.</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I41" t="n">
         <v>1</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>Manuel Miguel O. Q.</t>
         </is>
       </c>
       <c r="K41" t="inlineStr"/>
       <c r="L41" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
           <t>Insultos</t>
         </is>
       </c>
       <c r="O41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="P41" t="inlineStr">
         <is>
           <t>Ayoquezco</t>
         </is>
       </c>
       <c r="Q41" t="inlineStr">
         <is>
           <t>Ayoquezco de Aldama</t>
         </is>
       </c>
       <c r="R41" t="inlineStr">
         <is>
           <t>Zimatlán</t>
         </is>
       </c>
       <c r="S41" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T41" t="n">
         <v>20398</v>
       </c>
       <c r="U41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C42" t="n">
         <v>2021</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>44478</v>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>Elvia J. S.</t>
+          <t>María Isabel P. R.</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I42" t="n">
         <v>1</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
           <t>Manuel Miguel O. Q.</t>
         </is>
       </c>
       <c r="K42" t="inlineStr"/>
       <c r="L42" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N42" t="inlineStr">
         <is>
           <t>Insultos</t>
         </is>
       </c>
       <c r="O42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="P42" t="inlineStr">
         <is>
           <t>Ayoquezco</t>
         </is>
       </c>
       <c r="Q42" t="inlineStr">
         <is>
           <t>Ayoquezco de Aldama</t>
         </is>
       </c>
       <c r="R42" t="inlineStr">
         <is>
           <t>Zimatlán</t>
         </is>
       </c>
       <c r="S42" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T42" t="n">
         <v>20398</v>
       </c>
       <c r="U42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C43" t="n">
         <v>2021</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>44461</v>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>María V. P.</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I43" t="n">
         <v>2</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
           <t>Pedro Máximo A.</t>
         </is>
       </c>
       <c r="K43" t="inlineStr"/>
       <c r="L43" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -4933,94 +4933,94 @@
       <c r="P43" t="inlineStr">
         <is>
           <t>Magdalena Ocotlán</t>
         </is>
       </c>
       <c r="Q43" t="inlineStr">
         <is>
           <t>Magdalena Ocotlán</t>
         </is>
       </c>
       <c r="R43" t="inlineStr">
         <is>
           <t>Ocotlán</t>
         </is>
       </c>
       <c r="S43" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T43" t="n">
         <v>20049</v>
       </c>
       <c r="U43" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V43" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W43" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C44" t="n">
         <v>2021</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>44270</v>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Alejandra Jaqueline B. C.</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I44" t="n">
         <v>1</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
           <t>Ariel Osbaldo R.  G.</t>
         </is>
       </c>
       <c r="K44" t="inlineStr"/>
       <c r="L44" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -5038,94 +5038,94 @@
       <c r="P44" t="inlineStr">
         <is>
           <t>Taniche</t>
         </is>
       </c>
       <c r="Q44" t="inlineStr">
         <is>
           <t>Taniche</t>
         </is>
       </c>
       <c r="R44" t="inlineStr">
         <is>
           <t>Ejutla</t>
         </is>
       </c>
       <c r="S44" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T44" t="n">
         <v>20542</v>
       </c>
       <c r="U44" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V44" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W44" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C45" t="n">
         <v>2021</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>44258</v>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Violeta Zelmira B. R.</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I45" t="n">
         <v>2</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
           <t>Carlos L. M.</t>
         </is>
       </c>
       <c r="K45" t="inlineStr"/>
       <c r="L45" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -5143,94 +5143,94 @@
       <c r="P45" t="inlineStr">
         <is>
           <t>Tlacolula de Matamoros</t>
         </is>
       </c>
       <c r="Q45" t="inlineStr">
         <is>
           <t>Tlacolula de Matamoros</t>
         </is>
       </c>
       <c r="R45" t="inlineStr">
         <is>
           <t>Tlacolula</t>
         </is>
       </c>
       <c r="S45" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T45" t="n">
         <v>20551</v>
       </c>
       <c r="U45" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V45" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W45" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C46" t="n">
         <v>2021</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>44252</v>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Lizbeth CH.</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I46" t="n">
         <v>1</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
           <t>Jesús S. S.</t>
         </is>
       </c>
       <c r="K46" t="inlineStr"/>
       <c r="L46" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -5248,94 +5248,94 @@
       <c r="P46" t="inlineStr">
         <is>
           <t>Magdalena Apasco</t>
         </is>
       </c>
       <c r="Q46" t="inlineStr">
         <is>
           <t>Magdalena Apasco</t>
         </is>
       </c>
       <c r="R46" t="inlineStr">
         <is>
           <t>Etla</t>
         </is>
       </c>
       <c r="S46" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T46" t="n">
         <v>20045</v>
       </c>
       <c r="U46" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V46" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W46" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C47" t="n">
         <v>2021</v>
       </c>
       <c r="D47" s="1" t="n">
         <v>44238</v>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Reyna M. S.</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="I47" t="n">
         <v>2</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
           <t>Enrique César M. N.</t>
         </is>
       </c>
       <c r="K47" t="inlineStr"/>
       <c r="L47" t="inlineStr">
         <is>
           <t>Diputado local</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -5353,94 +5353,94 @@
       <c r="P47" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="Q47" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="R47" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S47" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T47" t="n">
         <v>20067</v>
       </c>
       <c r="U47" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V47" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W47" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C48" t="n">
         <v>2021</v>
       </c>
       <c r="D48" s="1" t="n">
         <v>44237</v>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Claudia Nataly M. A.</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I48" t="n">
         <v>1</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>Pedro A. B.</t>
         </is>
       </c>
       <c r="K48" t="inlineStr"/>
       <c r="L48" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -5458,94 +5458,94 @@
       <c r="P48" t="inlineStr">
         <is>
           <t>San Juan Cacahuatepec</t>
         </is>
       </c>
       <c r="Q48" t="inlineStr">
         <is>
           <t>San Juan Cacahuatepec</t>
         </is>
       </c>
       <c r="R48" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S48" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T48" t="n">
         <v>20185</v>
       </c>
       <c r="U48" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V48" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W48" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Noticias, El  Imparcial</t>
         </is>
       </c>
       <c r="C49" t="n">
         <v>2020</v>
       </c>
       <c r="D49" s="1" t="n">
         <v>43985</v>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>Nahallely O. J.</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I49" t="n">
         <v>2</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
           <t>Dante Montaño</t>
         </is>
       </c>
       <c r="K49" t="inlineStr"/>
       <c r="L49" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -5563,94 +5563,94 @@
       <c r="P49" t="inlineStr">
         <is>
           <t>Santa Lucía del Camino</t>
         </is>
       </c>
       <c r="Q49" t="inlineStr">
         <is>
           <t>Santa Lucía del Camino</t>
         </is>
       </c>
       <c r="R49" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S49" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T49" t="n">
         <v>20390</v>
       </c>
       <c r="U49" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V49" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W49" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C50" t="n">
         <v>2020</v>
       </c>
       <c r="D50" s="1" t="n">
         <v>43899</v>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Flora B.</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I50" t="n">
         <v>2</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
           <t>Gregorio R. -- Librado O. A.</t>
         </is>
       </c>
       <c r="K50" t="inlineStr"/>
       <c r="L50" t="inlineStr">
         <is>
           <t>Desconocida -- Desconocida</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
           <t>Vecino -- Vecino</t>
         </is>
@@ -5668,94 +5668,94 @@
       <c r="P50" t="inlineStr">
         <is>
           <t>Magdalena Peñasco</t>
         </is>
       </c>
       <c r="Q50" t="inlineStr">
         <is>
           <t>Magdalena Peñasco</t>
         </is>
       </c>
       <c r="R50" t="inlineStr">
         <is>
           <t>Tlaxiaco</t>
         </is>
       </c>
       <c r="S50" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T50" t="n">
         <v>20050</v>
       </c>
       <c r="U50" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V50" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W50" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Noticias, El  Imparcial</t>
         </is>
       </c>
       <c r="C51" t="n">
         <v>2020</v>
       </c>
       <c r="D51" s="1" t="n">
         <v>43894</v>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Aída H. M.</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I51" t="n">
         <v>1</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
           <t>Abraham R.</t>
         </is>
       </c>
       <c r="K51" t="inlineStr"/>
       <c r="L51" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
           <t>Vecino</t>
         </is>
@@ -5773,94 +5773,94 @@
       <c r="P51" t="inlineStr">
         <is>
           <t>Santiago Xanica</t>
         </is>
       </c>
       <c r="Q51" t="inlineStr">
         <is>
           <t>Santiago Xanica</t>
         </is>
       </c>
       <c r="R51" t="inlineStr">
         <is>
           <t>Miahuatlán</t>
         </is>
       </c>
       <c r="S51" t="inlineStr">
         <is>
           <t>Sierra Sur</t>
         </is>
       </c>
       <c r="T51" t="n">
         <v>20495</v>
       </c>
       <c r="U51" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V51" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W51" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C52" t="n">
         <v>2020</v>
       </c>
       <c r="D52" s="1" t="n">
         <v>43893</v>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Susana  A.</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I52" t="n">
         <v>1</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
           <t>Carlos Q. F.</t>
         </is>
       </c>
       <c r="K52" t="inlineStr"/>
       <c r="L52" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -5878,304 +5878,304 @@
       <c r="P52" t="inlineStr">
         <is>
           <t>Santa MaríaTeopoxco</t>
         </is>
       </c>
       <c r="Q52" t="inlineStr">
         <is>
           <t>Santa María Teopoxco</t>
         </is>
       </c>
       <c r="R52" t="inlineStr">
         <is>
           <t>Teotitlán</t>
         </is>
       </c>
       <c r="S52" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T52" t="n">
         <v>20434</v>
       </c>
       <c r="U52" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V52" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W52" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C53" t="n">
         <v>2020</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>43891</v>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>Griselda M. C.</t>
+          <t>NeydaM. V.</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I53" t="n">
         <v>2</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
-          <t>Ciro F. C.</t>
+          <t>Pedro L. C.</t>
         </is>
       </c>
       <c r="K53" t="inlineStr"/>
       <c r="L53" t="inlineStr">
         <is>
-          <t>Desconocida</t>
+          <t>Desconocidad</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
           <t>Vecino</t>
         </is>
       </c>
       <c r="N53" t="inlineStr">
         <is>
           <t>Insultos y amenazas</t>
         </is>
       </c>
       <c r="O53" t="inlineStr">
         <is>
           <t>Golpeó y amenazó a la concejal por el simple hecho de ser mujer</t>
         </is>
       </c>
       <c r="P53" t="inlineStr">
         <is>
           <t>San Andrés Dinicuiti</t>
         </is>
       </c>
       <c r="Q53" t="inlineStr">
         <is>
           <t>San Andrés Dinicuiti</t>
         </is>
       </c>
       <c r="R53" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S53" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T53" t="n">
         <v>20089</v>
       </c>
       <c r="U53" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V53" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W53" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C54" t="n">
         <v>2020</v>
       </c>
       <c r="D54" s="1" t="n">
         <v>43891</v>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>NeydaM. V.</t>
+          <t>Griselda M. C.</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I54" t="n">
         <v>2</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
-          <t>Pedro L. C.</t>
+          <t>Ciro F. C.</t>
         </is>
       </c>
       <c r="K54" t="inlineStr"/>
       <c r="L54" t="inlineStr">
         <is>
-          <t>Desconocidad</t>
+          <t>Desconocida</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
           <t>Vecino</t>
         </is>
       </c>
       <c r="N54" t="inlineStr">
         <is>
           <t>Insultos y amenazas</t>
         </is>
       </c>
       <c r="O54" t="inlineStr">
         <is>
           <t>Golpeó y amenazó a la concejal por el simple hecho de ser mujer</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
           <t>San Andrés Dinicuiti</t>
         </is>
       </c>
       <c r="Q54" t="inlineStr">
         <is>
           <t>San Andrés Dinicuiti</t>
         </is>
       </c>
       <c r="R54" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S54" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T54" t="n">
         <v>20089</v>
       </c>
       <c r="U54" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V54" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W54" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C55" t="n">
         <v>2020</v>
       </c>
       <c r="D55" s="1" t="n">
         <v>43860</v>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Juliana Guillermina R. B.</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I55" t="n">
         <v>1</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>N.N.</t>
         </is>
       </c>
       <c r="K55" t="inlineStr"/>
       <c r="L55" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -6193,94 +6193,94 @@
       <c r="P55" t="inlineStr">
         <is>
           <t>Agencia Santa Teresa, Huajuapan de León</t>
         </is>
       </c>
       <c r="Q55" t="inlineStr">
         <is>
           <t>Heroica Ciudad de Huajuapan de León</t>
         </is>
       </c>
       <c r="R55" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S55" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T55" t="n">
         <v>20039</v>
       </c>
       <c r="U55" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V55" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W55" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C56" t="n">
         <v>2020</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>43840</v>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Isabel S. F.</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>Candidata</t>
         </is>
       </c>
       <c r="I56" t="n">
         <v>1</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
           <t>N.N.</t>
         </is>
       </c>
       <c r="K56" t="inlineStr"/>
       <c r="L56" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
           <t>Vecino</t>
         </is>
@@ -6298,94 +6298,94 @@
       <c r="P56" t="inlineStr">
         <is>
           <t>Coicoyán de Las Flore</t>
         </is>
       </c>
       <c r="Q56" t="inlineStr">
         <is>
           <t>Coicoyán de las Flores</t>
         </is>
       </c>
       <c r="R56" t="inlineStr">
         <is>
           <t>Juxtlahuaca</t>
         </is>
       </c>
       <c r="S56" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T56" t="n">
         <v>20016</v>
       </c>
       <c r="U56" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V56" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W56" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C57" t="n">
         <v>2020</v>
       </c>
       <c r="D57" s="1" t="n">
         <v>43840</v>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>Lourdes G. L.</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>Candidata</t>
         </is>
       </c>
       <c r="I57" t="n">
         <v>1</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
           <t>N.N.</t>
         </is>
       </c>
       <c r="K57" t="inlineStr"/>
       <c r="L57" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
           <t>Vecino</t>
         </is>
@@ -6403,94 +6403,94 @@
       <c r="P57" t="inlineStr">
         <is>
           <t>Santiago del Río</t>
         </is>
       </c>
       <c r="Q57" t="inlineStr">
         <is>
           <t>Santiago del Río</t>
         </is>
       </c>
       <c r="R57" t="inlineStr">
         <is>
           <t>Silacayoapam</t>
         </is>
       </c>
       <c r="S57" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T57" t="n">
         <v>20461</v>
       </c>
       <c r="U57" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V57" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W57" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C58" t="n">
         <v>2019</v>
       </c>
       <c r="D58" s="1" t="n">
         <v>43810</v>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Nallely O. J.</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I58" t="n">
         <v>1</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
           <t>Dante  M. M.</t>
         </is>
       </c>
       <c r="K58" t="inlineStr"/>
       <c r="L58" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -6508,94 +6508,94 @@
       <c r="P58" t="inlineStr">
         <is>
           <t>Santa Lucia del Camino</t>
         </is>
       </c>
       <c r="Q58" t="inlineStr">
         <is>
           <t>Santa Lucía del Camino</t>
         </is>
       </c>
       <c r="R58" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S58" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T58" t="n">
         <v>20390</v>
       </c>
       <c r="U58" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V58" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W58" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C59" t="n">
         <v>2019</v>
       </c>
       <c r="D59" s="1" t="n">
         <v>43799</v>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>Imelda R. L.</t>
+          <t>Adriana  U. C.</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I59" t="n">
         <v>2</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
           <t>Galindo Everardo M.</t>
         </is>
       </c>
       <c r="K59" t="inlineStr"/>
       <c r="L59" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -6613,94 +6613,94 @@
       <c r="P59" t="inlineStr">
         <is>
           <t>Asunción Cuyotepeji</t>
         </is>
       </c>
       <c r="Q59" t="inlineStr">
         <is>
           <t>Asunción Cuyotepeji</t>
         </is>
       </c>
       <c r="R59" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S59" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T59" t="n">
         <v>20004</v>
       </c>
       <c r="U59" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V59" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W59" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C60" t="n">
         <v>2019</v>
       </c>
       <c r="D60" s="1" t="n">
         <v>43799</v>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>Adriana  U. C.</t>
+          <t>Imelda R. L.</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I60" t="n">
         <v>2</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
           <t>Galindo Everardo M.</t>
         </is>
       </c>
       <c r="K60" t="inlineStr"/>
       <c r="L60" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -6718,94 +6718,94 @@
       <c r="P60" t="inlineStr">
         <is>
           <t>Asunción Cuyotepeji</t>
         </is>
       </c>
       <c r="Q60" t="inlineStr">
         <is>
           <t>Asunción Cuyotepeji</t>
         </is>
       </c>
       <c r="R60" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S60" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T60" t="n">
         <v>20004</v>
       </c>
       <c r="U60" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V60" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W60" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C61" t="n">
         <v>2019</v>
       </c>
       <c r="D61" s="1" t="n">
         <v>43636</v>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>Gregoria Nicolasa L.</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I61" t="n">
         <v>1</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
           <t>Aristarco A. S.</t>
         </is>
       </c>
       <c r="K61" t="inlineStr"/>
       <c r="L61" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -6823,94 +6823,94 @@
       <c r="P61" t="inlineStr">
         <is>
           <t>Santo Tomás Ocotepec</t>
         </is>
       </c>
       <c r="Q61" t="inlineStr">
         <is>
           <t>Santo Tomás Ocotepec</t>
         </is>
       </c>
       <c r="R61" t="inlineStr">
         <is>
           <t>Tlaxiaco</t>
         </is>
       </c>
       <c r="S61" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T61" t="n">
         <v>20532</v>
       </c>
       <c r="U61" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V61" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W61" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C62" t="n">
         <v>2019</v>
       </c>
       <c r="D62" s="1" t="n">
         <v>43622</v>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Clara O. S.</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>Candidata</t>
         </is>
       </c>
       <c r="I62" t="n">
         <v>1</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
           <t>N.N.</t>
         </is>
       </c>
       <c r="K62" t="inlineStr"/>
       <c r="L62" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
           <t>Conocido</t>
         </is>
@@ -6928,94 +6928,94 @@
       <c r="P62" t="inlineStr">
         <is>
           <t>Colonia Cuauhtémoc, San Mateo del Mar</t>
         </is>
       </c>
       <c r="Q62" t="inlineStr">
         <is>
           <t>San Mateo del Mar</t>
         </is>
       </c>
       <c r="R62" t="inlineStr">
         <is>
           <t>Tehuantepec</t>
         </is>
       </c>
       <c r="S62" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T62" t="n">
         <v>20248</v>
       </c>
       <c r="U62" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V62" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W62" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C63" t="n">
         <v>2019</v>
       </c>
       <c r="D63" s="1" t="n">
         <v>43568</v>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Lidia Idalia  V. A.</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I63" t="n">
         <v>1</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>Usiel  Misael O. R.</t>
         </is>
       </c>
       <c r="K63" t="inlineStr"/>
       <c r="L63" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -7033,94 +7033,94 @@
       <c r="P63" t="inlineStr">
         <is>
           <t>Santa Catarina Cuixtla</t>
         </is>
       </c>
       <c r="Q63" t="inlineStr">
         <is>
           <t>Santa Catarina Cuixtla</t>
         </is>
       </c>
       <c r="R63" t="inlineStr">
         <is>
           <t>Miahuatlán</t>
         </is>
       </c>
       <c r="S63" t="inlineStr">
         <is>
           <t>Sierra Sur</t>
         </is>
       </c>
       <c r="T63" t="n">
         <v>20362</v>
       </c>
       <c r="U63" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V63" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W63" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C64" t="n">
         <v>2019</v>
       </c>
       <c r="D64" s="1" t="n">
         <v>43545</v>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Silvia Patricia M. G.</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>Regidora</t>
         </is>
       </c>
       <c r="I64" t="n">
         <v>1</v>
       </c>
       <c r="J64" t="inlineStr">
         <is>
           <t>Leticia B. S.</t>
         </is>
       </c>
       <c r="K64" t="inlineStr"/>
       <c r="L64" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -7138,94 +7138,94 @@
       <c r="P64" t="inlineStr">
         <is>
           <t>Villa Tejupan  de la Unión</t>
         </is>
       </c>
       <c r="Q64" t="inlineStr">
         <is>
           <t>Villa Tejúpam de la Unión</t>
         </is>
       </c>
       <c r="R64" t="inlineStr">
         <is>
           <t>Teposcolula</t>
         </is>
       </c>
       <c r="S64" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T64" t="n">
         <v>20486</v>
       </c>
       <c r="U64" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V64" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W64" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C65" t="n">
         <v>2019</v>
       </c>
       <c r="D65" s="1" t="n">
         <v>43545</v>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Sara Georgina V. J.</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>Candidata</t>
         </is>
       </c>
       <c r="I65" t="n">
         <v>2</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
           <t>Ismael  C. G</t>
         </is>
       </c>
       <c r="K65" t="inlineStr"/>
       <c r="L65" t="inlineStr">
         <is>
           <t>Regidor</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
           <t>Vecino</t>
         </is>
@@ -7243,94 +7243,94 @@
       <c r="P65" t="inlineStr">
         <is>
           <t>Agencia Donají, Oaxaca</t>
         </is>
       </c>
       <c r="Q65" t="inlineStr">
         <is>
           <t>Oaxaca de Juárez</t>
         </is>
       </c>
       <c r="R65" t="inlineStr">
         <is>
           <t>Centro</t>
         </is>
       </c>
       <c r="S65" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T65" t="n">
         <v>20067</v>
       </c>
       <c r="U65" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V65" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W65" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C66" t="n">
         <v>2019</v>
       </c>
       <c r="D66" s="1" t="n">
         <v>43524</v>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Aldegunda de La Luz A. S.</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I66" t="n">
         <v>1</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
           <t>Moisés  C. M.</t>
         </is>
       </c>
       <c r="K66" t="inlineStr"/>
       <c r="L66" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -7348,94 +7348,94 @@
       <c r="P66" t="inlineStr">
         <is>
           <t>Tezoatlán de Segura y Luna</t>
         </is>
       </c>
       <c r="Q66" t="inlineStr">
         <is>
           <t>Heroica Villa Tezoatlán de Segura y Luna, Cuna de la Independencia de Oaxaca</t>
         </is>
       </c>
       <c r="R66" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S66" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T66" t="n">
         <v>20549</v>
       </c>
       <c r="U66" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V66" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W66" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C67" t="n">
         <v>2019</v>
       </c>
       <c r="D67" s="1" t="n">
         <v>43485</v>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Mara Selene R. R.</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I67" t="n">
         <v>2</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
           <t>Juan Carlos A. A.</t>
         </is>
       </c>
       <c r="K67" t="inlineStr"/>
       <c r="L67" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M67" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -7453,94 +7453,94 @@
       <c r="P67" t="inlineStr">
         <is>
           <t>Salina Cruz</t>
         </is>
       </c>
       <c r="Q67" t="inlineStr">
         <is>
           <t>Salina Cruz</t>
         </is>
       </c>
       <c r="R67" t="inlineStr">
         <is>
           <t>Tehuantepec</t>
         </is>
       </c>
       <c r="S67" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T67" t="n">
         <v>20079</v>
       </c>
       <c r="U67" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V67" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W67" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C68" t="n">
         <v>2019</v>
       </c>
       <c r="D68" s="1" t="n">
         <v>43473</v>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Marta R. M.</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I68" t="n">
         <v>1</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
           <t>Leocadio G. C.</t>
         </is>
       </c>
       <c r="K68" t="inlineStr"/>
       <c r="L68" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
           <t>Vecino</t>
         </is>
@@ -7558,94 +7558,94 @@
       <c r="P68" t="inlineStr">
         <is>
           <t>San Juan Bautista Tlacoatzintepec</t>
         </is>
       </c>
       <c r="Q68" t="inlineStr">
         <is>
           <t>San Juan Bautista Tlacoatzintepec</t>
         </is>
       </c>
       <c r="R68" t="inlineStr">
         <is>
           <t>Cuicatlán</t>
         </is>
       </c>
       <c r="S68" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T68" t="n">
         <v>20182</v>
       </c>
       <c r="U68" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V68" t="inlineStr">
         <is>
           <t>Marta R. M.</t>
         </is>
       </c>
       <c r="W68" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C69" t="n">
         <v>2018</v>
       </c>
       <c r="D69" s="1" t="n">
         <v>43287</v>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Rosa María A. A.</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I69" t="n">
         <v>1</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K69" t="inlineStr"/>
       <c r="L69" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -7663,92 +7663,92 @@
       <c r="P69" t="inlineStr">
         <is>
           <t>Reforma de Pineda</t>
         </is>
       </c>
       <c r="Q69" t="inlineStr">
         <is>
           <t>Reforma de Pineda</t>
         </is>
       </c>
       <c r="R69" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S69" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T69" t="n">
         <v>20075</v>
       </c>
       <c r="U69" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V69" t="inlineStr">
         <is>
           <t>Rosa María A. A.</t>
         </is>
       </c>
       <c r="W69" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C70" t="n">
         <v>2018</v>
       </c>
       <c r="D70" s="1" t="n">
         <v>43254</v>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Pamela T. P.</t>
         </is>
       </c>
       <c r="F70" t="n">
         <v>28</v>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>Candidata</t>
         </is>
       </c>
       <c r="I70" t="n">
         <v>2</v>
       </c>
       <c r="J70" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K70" t="inlineStr"/>
       <c r="L70" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -7766,92 +7766,92 @@
       <c r="P70" t="inlineStr">
         <is>
           <t>Juchitán de Zaragoza</t>
         </is>
       </c>
       <c r="Q70" t="inlineStr">
         <is>
           <t>Heroica Ciudad de Juchitán de Zaragoza</t>
         </is>
       </c>
       <c r="R70" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S70" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T70" t="n">
         <v>20043</v>
       </c>
       <c r="U70" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V70" t="inlineStr">
         <is>
           <t>Familiares</t>
         </is>
       </c>
       <c r="W70" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C71" t="n">
         <v>2018</v>
       </c>
       <c r="D71" s="1" t="n">
         <v>43254</v>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>María del Sol C.J.</t>
         </is>
       </c>
       <c r="F71" t="n">
         <v>27</v>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>Fotoperiodista</t>
         </is>
       </c>
       <c r="I71" t="n">
         <v>2</v>
       </c>
       <c r="J71" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K71" t="inlineStr"/>
       <c r="L71" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M71" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -7869,92 +7869,92 @@
       <c r="P71" t="inlineStr">
         <is>
           <t>Juchitán de Zaragoza</t>
         </is>
       </c>
       <c r="Q71" t="inlineStr">
         <is>
           <t>Heroica Ciudad de Juchitán de Zaragoza</t>
         </is>
       </c>
       <c r="R71" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S71" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T71" t="n">
         <v>20043</v>
       </c>
       <c r="U71" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V71" t="inlineStr">
         <is>
           <t>Soledad Jarquin</t>
         </is>
       </c>
       <c r="W71" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C72" t="n">
         <v>2018</v>
       </c>
       <c r="D72" s="1" t="n">
         <v>43253</v>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Pamela T. P.</t>
         </is>
       </c>
       <c r="F72" t="n">
         <v>28</v>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
           <t>Candidata</t>
         </is>
       </c>
       <c r="I72" t="n">
         <v>1</v>
       </c>
       <c r="J72" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K72" t="inlineStr"/>
       <c r="L72" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M72" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -7972,94 +7972,94 @@
       <c r="P72" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="Q72" t="inlineStr">
         <is>
           <t>Heroica Ciudad de Juchitán de Zaragoza</t>
         </is>
       </c>
       <c r="R72" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S72" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T72" t="n">
         <v>20043</v>
       </c>
       <c r="U72" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V72" t="inlineStr">
         <is>
           <t>Familiares.</t>
         </is>
       </c>
       <c r="W72" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C73" t="n">
         <v>2018</v>
       </c>
       <c r="D73" s="1" t="n">
         <v>43234</v>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>Lucía Piedad G.G.</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I73" t="n">
         <v>2</v>
       </c>
       <c r="J73" t="inlineStr">
         <is>
           <t>Camilo Magdaleno G. O.</t>
         </is>
       </c>
       <c r="K73" t="inlineStr"/>
       <c r="L73" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M73" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -8077,94 +8077,94 @@
       <c r="P73" t="inlineStr">
         <is>
           <t>San Juan Ihualtepec, Silacayoapam</t>
         </is>
       </c>
       <c r="Q73" t="inlineStr">
         <is>
           <t>San Juan Ihualtepec</t>
         </is>
       </c>
       <c r="R73" t="inlineStr">
         <is>
           <t>Silacayoapam</t>
         </is>
       </c>
       <c r="S73" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T73" t="n">
         <v>20199</v>
       </c>
       <c r="U73" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V73" t="inlineStr">
         <is>
           <t>Lucía Piedad</t>
         </is>
       </c>
       <c r="W73" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C74" t="n">
         <v>2018</v>
       </c>
       <c r="D74" s="1" t="n">
         <v>43213</v>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Saymi P. V.</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>Candidata</t>
         </is>
       </c>
       <c r="I74" t="n">
         <v>1</v>
       </c>
       <c r="J74" t="inlineStr">
         <is>
           <t>Victor C. V.</t>
         </is>
       </c>
       <c r="K74" t="inlineStr"/>
       <c r="L74" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M74" t="inlineStr">
         <is>
           <t>Conocido</t>
         </is>
@@ -8182,94 +8182,94 @@
       <c r="P74" t="inlineStr">
         <is>
           <t>San Pedro Pochutla</t>
         </is>
       </c>
       <c r="Q74" t="inlineStr">
         <is>
           <t>San Pedro Pochutla</t>
         </is>
       </c>
       <c r="R74" t="inlineStr">
         <is>
           <t>Pochutla</t>
         </is>
       </c>
       <c r="S74" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T74" t="n">
         <v>20324</v>
       </c>
       <c r="U74" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V74" t="inlineStr">
         <is>
           <t>Saymi</t>
         </is>
       </c>
       <c r="W74" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C75" t="n">
         <v>2018</v>
       </c>
       <c r="D75" s="1" t="n">
         <v>43207</v>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>N. N.</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I75" t="n">
         <v>1</v>
       </c>
       <c r="J75" t="inlineStr">
         <is>
           <t>Eutiquio S. C.</t>
         </is>
       </c>
       <c r="K75" t="inlineStr"/>
       <c r="L75" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M75" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -8287,94 +8287,94 @@
       <c r="P75" t="inlineStr">
         <is>
           <t>Santa Cruz Tecache de Mina, Huajuapan de León</t>
         </is>
       </c>
       <c r="Q75" t="inlineStr">
         <is>
           <t>Santa Cruz Tacache de Mina</t>
         </is>
       </c>
       <c r="R75" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S75" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T75" t="n">
         <v>20381</v>
       </c>
       <c r="U75" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V75" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="W75" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C76" t="n">
         <v>2018</v>
       </c>
       <c r="D76" s="1" t="n">
         <v>43161</v>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Yareli C.L.</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I76" t="n">
         <v>1</v>
       </c>
       <c r="J76" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K76" t="inlineStr"/>
       <c r="L76" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M76" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -8392,94 +8392,94 @@
       <c r="P76" t="inlineStr">
         <is>
           <t>Pinotepa Nacional</t>
         </is>
       </c>
       <c r="Q76" t="inlineStr">
         <is>
           <t>Santiago Pinotepa Nacional</t>
         </is>
       </c>
       <c r="R76" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S76" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T76" t="n">
         <v>20482</v>
       </c>
       <c r="U76" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V76" t="inlineStr">
         <is>
           <t>Yareli</t>
         </is>
       </c>
       <c r="W76" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C77" t="n">
         <v>2018</v>
       </c>
       <c r="D77" s="1" t="n">
         <v>43156</v>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>Floriberta L.R.</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I77" t="n">
         <v>2</v>
       </c>
       <c r="J77" t="inlineStr">
         <is>
           <t>N.N.</t>
         </is>
       </c>
       <c r="K77" t="inlineStr"/>
       <c r="L77" t="inlineStr">
         <is>
           <t>Comerciante</t>
         </is>
       </c>
       <c r="M77" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -8497,94 +8497,94 @@
       <c r="P77" t="inlineStr">
         <is>
           <t>Tlacolula de Matamoros</t>
         </is>
       </c>
       <c r="Q77" t="inlineStr">
         <is>
           <t>Tlacolula de Matamoros</t>
         </is>
       </c>
       <c r="R77" t="inlineStr">
         <is>
           <t>Tlacolula</t>
         </is>
       </c>
       <c r="S77" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T77" t="n">
         <v>20551</v>
       </c>
       <c r="U77" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V77" t="inlineStr">
         <is>
           <t>Floriberta</t>
         </is>
       </c>
       <c r="W77" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C78" t="n">
         <v>2018</v>
       </c>
       <c r="D78" s="1" t="n">
         <v>43141</v>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Emelia Antonia L.</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>Agente Municipal</t>
         </is>
       </c>
       <c r="I78" t="n">
         <v>1</v>
       </c>
       <c r="J78" t="inlineStr">
         <is>
           <t>N.N.</t>
         </is>
       </c>
       <c r="K78" t="inlineStr"/>
       <c r="L78" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M78" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -8602,94 +8602,94 @@
       <c r="P78" t="inlineStr">
         <is>
           <t>La Providencia, Santiago Miltepec</t>
         </is>
       </c>
       <c r="Q78" t="inlineStr">
         <is>
           <t>Santiago Miltepec</t>
         </is>
       </c>
       <c r="R78" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S78" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T78" t="n">
         <v>20476</v>
       </c>
       <c r="U78" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V78" t="inlineStr">
         <is>
           <t>Emelia Antonia</t>
         </is>
       </c>
       <c r="W78" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C79" t="n">
         <v>2018</v>
       </c>
       <c r="D79" s="1" t="n">
         <v>43113</v>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Lucia Piedad G. G.</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I79" t="n">
         <v>1</v>
       </c>
       <c r="J79" t="inlineStr">
         <is>
           <t>N.N.</t>
         </is>
       </c>
       <c r="K79" t="inlineStr"/>
       <c r="L79" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M79" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -8707,94 +8707,94 @@
       <c r="P79" t="inlineStr">
         <is>
           <t>San Juan Ihualtepec</t>
         </is>
       </c>
       <c r="Q79" t="inlineStr">
         <is>
           <t>San Juan Ihualtepec</t>
         </is>
       </c>
       <c r="R79" t="inlineStr">
         <is>
           <t>Silacayoapam</t>
         </is>
       </c>
       <c r="S79" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T79" t="n">
         <v>20199</v>
       </c>
       <c r="U79" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V79" t="inlineStr">
         <is>
           <t>Lucía Piedad</t>
         </is>
       </c>
       <c r="W79" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C80" t="n">
         <v>2017</v>
       </c>
       <c r="D80" s="1" t="n">
         <v>42970</v>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Herminia Q. A.</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I80" t="n">
         <v>2</v>
       </c>
       <c r="J80" t="inlineStr">
         <is>
           <t>Juan G. A.</t>
         </is>
       </c>
       <c r="K80" t="inlineStr"/>
       <c r="L80" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M80" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -8812,94 +8812,94 @@
       <c r="P80" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="Q80" t="inlineStr">
         <is>
           <t>San Juan Colorado</t>
         </is>
       </c>
       <c r="R80" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S80" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T80" t="n">
         <v>20188</v>
       </c>
       <c r="U80" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V80" t="inlineStr">
         <is>
           <t>Herminia Q. A.</t>
         </is>
       </c>
       <c r="W80" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C81" t="n">
         <v>2017</v>
       </c>
       <c r="D81" s="1" t="n">
         <v>42951</v>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>Herminia Q. A.</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I81" t="n">
         <v>2</v>
       </c>
       <c r="J81" t="inlineStr">
         <is>
           <t>Juan G. A.</t>
         </is>
       </c>
       <c r="K81" t="inlineStr"/>
       <c r="L81" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M81" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -8917,94 +8917,94 @@
       <c r="P81" t="inlineStr">
         <is>
           <t>San Juan Colorado, Jamiltepec</t>
         </is>
       </c>
       <c r="Q81" t="inlineStr">
         <is>
           <t>San Juan Colorado</t>
         </is>
       </c>
       <c r="R81" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S81" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T81" t="n">
         <v>20188</v>
       </c>
       <c r="U81" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V81" t="inlineStr">
         <is>
           <t>Herminia Quiroz Alavez</t>
         </is>
       </c>
       <c r="W81" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C82" t="n">
         <v>2017</v>
       </c>
       <c r="D82" s="1" t="n">
         <v>42936</v>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Yolanda M. H.</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I82" t="n">
         <v>1</v>
       </c>
       <c r="J82" t="inlineStr">
         <is>
           <t>Fermín A. H. V.</t>
         </is>
       </c>
       <c r="K82" t="inlineStr"/>
       <c r="L82" t="inlineStr">
         <is>
           <t>Edil</t>
         </is>
       </c>
       <c r="M82" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -9022,94 +9022,94 @@
       <c r="P82" t="inlineStr">
         <is>
           <t>San Martín Zacatepec, Huajuapan</t>
         </is>
       </c>
       <c r="Q82" t="inlineStr">
         <is>
           <t>San Martín Zacatepec</t>
         </is>
       </c>
       <c r="R82" t="inlineStr">
         <is>
           <t>Huajuapan</t>
         </is>
       </c>
       <c r="S82" t="inlineStr">
         <is>
           <t>Mixteca</t>
         </is>
       </c>
       <c r="T82" t="n">
         <v>20245</v>
       </c>
       <c r="U82" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V82" t="inlineStr">
         <is>
           <t>Yolanda Méndez Hernández</t>
         </is>
       </c>
       <c r="W82" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C83" t="n">
         <v>2017</v>
       </c>
       <c r="D83" s="1" t="n">
         <v>42881</v>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Miroslava C. S.</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I83" t="n">
         <v>2</v>
       </c>
       <c r="J83" t="inlineStr">
         <is>
           <t>Arturo C. G.</t>
         </is>
       </c>
       <c r="K83" t="inlineStr"/>
       <c r="L83" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M83" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -9127,94 +9127,94 @@
       <c r="P83" t="inlineStr">
         <is>
           <t>San Pedro Comitancillo</t>
         </is>
       </c>
       <c r="Q83" t="inlineStr">
         <is>
           <t>San Pedro Comitancillo</t>
         </is>
       </c>
       <c r="R83" t="inlineStr">
         <is>
           <t>Tehuantepec</t>
         </is>
       </c>
       <c r="S83" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T83" t="n">
         <v>20305</v>
       </c>
       <c r="U83" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V83" t="inlineStr">
         <is>
           <t>Miroslava C. S.</t>
         </is>
       </c>
       <c r="W83" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C84" t="n">
         <v>2017</v>
       </c>
       <c r="D84" s="1" t="n">
         <v>42833</v>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Leticia S. M.</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>Agente Municipal</t>
         </is>
       </c>
       <c r="I84" t="n">
         <v>1</v>
       </c>
       <c r="J84" t="inlineStr"/>
       <c r="K84" t="inlineStr"/>
       <c r="L84" t="inlineStr">
         <is>
           <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M84" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N84" t="inlineStr">
         <is>
           <t>Impedimento de la realización de sus funciones</t>
@@ -9228,409 +9228,409 @@
       <c r="P84" t="inlineStr">
         <is>
           <t>San Cristobal,  Santa María Jalapa  del Marqués</t>
         </is>
       </c>
       <c r="Q84" t="inlineStr">
         <is>
           <t>Santa María Jalapa del Marqués</t>
         </is>
       </c>
       <c r="R84" t="inlineStr">
         <is>
           <t>Tehuantepec</t>
         </is>
       </c>
       <c r="S84" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T84" t="n">
         <v>20418</v>
       </c>
       <c r="U84" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V84" t="inlineStr">
         <is>
           <t>Leticia Sosa Miguel</t>
         </is>
       </c>
       <c r="W84" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C85" t="n">
         <v>2017</v>
       </c>
       <c r="D85" s="1" t="n">
         <v>42792</v>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>Flora V.</t>
+          <t>Belem C.</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I85" t="n">
         <v>1</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>Juan Carlos A. S.</t>
         </is>
       </c>
       <c r="K85" t="inlineStr"/>
       <c r="L85" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M85" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N85" t="inlineStr">
         <is>
           <t>Amenazas</t>
         </is>
       </c>
       <c r="O85" t="inlineStr">
         <is>
-          <t>El presidente la amenaza con quitarle el sello y retirarle su salario si se niega a firmar acta del cabildo a modo y acuerdo a que llegan los varones, en reuniones privadas.</t>
+          <t>El presidente la amenaza con quitarle el sello y retirarle su salario de 12 mil pesos si se niega afirmar acta del cabildo a modo y acuerdo a que llegan los varones, en reuniones privadas.</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
-          <t>San Juan Cotzocon</t>
+          <t>San Juan Cotzospam</t>
         </is>
       </c>
       <c r="Q85" t="inlineStr">
         <is>
           <t>San Juan Coatzóspam</t>
         </is>
       </c>
       <c r="R85" t="inlineStr">
         <is>
           <t>Teotitlán</t>
         </is>
       </c>
       <c r="S85" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T85" t="n">
         <v>20187</v>
       </c>
       <c r="U85" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V85" t="inlineStr">
         <is>
-          <t>Flor V.</t>
+          <t>Belen de la Cañada</t>
         </is>
       </c>
       <c r="W85" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C86" t="n">
         <v>2017</v>
       </c>
       <c r="D86" s="1" t="n">
         <v>42792</v>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>María M. R.</t>
+          <t>Flora V.</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I86" t="n">
         <v>1</v>
       </c>
       <c r="J86" t="inlineStr">
         <is>
           <t>Juan Carlos A. S.</t>
         </is>
       </c>
       <c r="K86" t="inlineStr"/>
       <c r="L86" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M86" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N86" t="inlineStr">
         <is>
           <t>Amenazas</t>
         </is>
       </c>
       <c r="O86" t="inlineStr">
         <is>
-          <t>El presidente municipal la amenaza con quitarle el sello y retirarle su salario si se niega afirmar acta del cabildo a modo y acuerdo a que llegan los varones, en reuniones privadas.</t>
+          <t>El presidente la amenaza con quitarle el sello y retirarle su salario si se niega a firmar acta del cabildo a modo y acuerdo a que llegan los varones, en reuniones privadas.</t>
         </is>
       </c>
       <c r="P86" t="inlineStr">
         <is>
           <t>San Juan Cotzocon</t>
         </is>
       </c>
       <c r="Q86" t="inlineStr">
         <is>
           <t>San Juan Coatzóspam</t>
         </is>
       </c>
       <c r="R86" t="inlineStr">
         <is>
           <t>Teotitlán</t>
         </is>
       </c>
       <c r="S86" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T86" t="n">
         <v>20187</v>
       </c>
       <c r="U86" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V86" t="inlineStr">
         <is>
-          <t>María M. R.</t>
+          <t>Flor V.</t>
         </is>
       </c>
       <c r="W86" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C87" t="n">
         <v>2017</v>
       </c>
       <c r="D87" s="1" t="n">
         <v>42792</v>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>Belem C.</t>
+          <t>María M. R.</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I87" t="n">
         <v>1</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>Juan Carlos A. S.</t>
         </is>
       </c>
       <c r="K87" t="inlineStr"/>
       <c r="L87" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M87" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N87" t="inlineStr">
         <is>
           <t>Amenazas</t>
         </is>
       </c>
       <c r="O87" t="inlineStr">
         <is>
-          <t>El presidente la amenaza con quitarle el sello y retirarle su salario de 12 mil pesos si se niega afirmar acta del cabildo a modo y acuerdo a que llegan los varones, en reuniones privadas.</t>
+          <t>El presidente municipal la amenaza con quitarle el sello y retirarle su salario si se niega afirmar acta del cabildo a modo y acuerdo a que llegan los varones, en reuniones privadas.</t>
         </is>
       </c>
       <c r="P87" t="inlineStr">
         <is>
-          <t>San Juan Cotzospam</t>
+          <t>San Juan Cotzocon</t>
         </is>
       </c>
       <c r="Q87" t="inlineStr">
         <is>
           <t>San Juan Coatzóspam</t>
         </is>
       </c>
       <c r="R87" t="inlineStr">
         <is>
           <t>Teotitlán</t>
         </is>
       </c>
       <c r="S87" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T87" t="n">
         <v>20187</v>
       </c>
       <c r="U87" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V87" t="inlineStr">
         <is>
-          <t>Belen de la Cañada</t>
+          <t>María M. R.</t>
         </is>
       </c>
       <c r="W87" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C88" t="n">
         <v>2017</v>
       </c>
       <c r="D88" s="1" t="n">
         <v>42792</v>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Beatriz V.</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I88" t="n">
         <v>1</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
           <t>Juan Carlos A. S.</t>
         </is>
       </c>
       <c r="K88" t="inlineStr"/>
       <c r="L88" t="inlineStr">
         <is>
           <t>Presidente  Municipal</t>
         </is>
       </c>
       <c r="M88" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -9648,94 +9648,94 @@
       <c r="P88" t="inlineStr">
         <is>
           <t>San Juan Cotzocon</t>
         </is>
       </c>
       <c r="Q88" t="inlineStr">
         <is>
           <t>San Juan Coatzóspam</t>
         </is>
       </c>
       <c r="R88" t="inlineStr">
         <is>
           <t>Teotitlán</t>
         </is>
       </c>
       <c r="S88" t="inlineStr">
         <is>
           <t>Cañada</t>
         </is>
       </c>
       <c r="T88" t="n">
         <v>20187</v>
       </c>
       <c r="U88" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V88" t="inlineStr">
         <is>
           <t>Beatriz V.</t>
         </is>
       </c>
       <c r="W88" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Noticias, El Imparcial</t>
         </is>
       </c>
       <c r="C89" t="n">
         <v>2017</v>
       </c>
       <c r="D89" s="1" t="n">
         <v>42779</v>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Birginia M. R.</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>Regidora Municipal</t>
         </is>
       </c>
       <c r="I89" t="n">
         <v>1</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K89" t="inlineStr"/>
       <c r="L89" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M89" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -9753,409 +9753,409 @@
       <c r="P89" t="inlineStr">
         <is>
           <t>San Dionisio del Mar</t>
         </is>
       </c>
       <c r="Q89" t="inlineStr">
         <is>
           <t>San Dionisio del Mar</t>
         </is>
       </c>
       <c r="R89" t="inlineStr">
         <is>
           <t>Juchitán</t>
         </is>
       </c>
       <c r="S89" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T89" t="n">
         <v>20130</v>
       </c>
       <c r="U89" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V89" t="inlineStr">
         <is>
           <t>Birginia M. R.</t>
         </is>
       </c>
       <c r="W89" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C90" t="n">
         <v>2017</v>
       </c>
       <c r="D90" s="1" t="n">
         <v>42757</v>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>Rosa A.</t>
+          <t>Marina D.</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="I90" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K90" t="inlineStr"/>
       <c r="L90" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M90" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="N90" t="inlineStr">
         <is>
           <t>Amenaza de muerte</t>
         </is>
       </c>
       <c r="O90" t="inlineStr">
         <is>
-          <t>Amenaza de muerte y de ir a la cárcel  por pertenecer al cabildo.</t>
+          <t>Amenaza de muerte, si no renuncia irá a la cárcel por pertenecer al cabildo.</t>
         </is>
       </c>
       <c r="P90" t="inlineStr">
         <is>
           <t>San Miguel Peras</t>
         </is>
       </c>
       <c r="Q90" t="inlineStr">
         <is>
           <t>San Miguel Peras</t>
         </is>
       </c>
       <c r="R90" t="inlineStr">
         <is>
           <t>Zaachila</t>
         </is>
       </c>
       <c r="S90" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T90" t="n">
         <v>20273</v>
       </c>
       <c r="U90" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V90" t="inlineStr">
         <is>
-          <t>Rosa A.</t>
+          <t>Marina D.</t>
         </is>
       </c>
       <c r="W90" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C91" t="n">
         <v>2017</v>
       </c>
       <c r="D91" s="1" t="n">
         <v>42757</v>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>Gabriela M.</t>
+          <t>Rosa A.</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="I91" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
-          <t>Sergio R.</t>
+          <t>Desconocido</t>
         </is>
       </c>
       <c r="K91" t="inlineStr"/>
       <c r="L91" t="inlineStr">
         <is>
-          <t>Presidente Municipal</t>
+          <t>Desconocida</t>
         </is>
       </c>
       <c r="M91" t="inlineStr">
         <is>
-          <t>Compañero de trabajo</t>
+          <t>Desconocida</t>
         </is>
       </c>
       <c r="N91" t="inlineStr">
         <is>
           <t>Amenaza de muerte</t>
         </is>
       </c>
       <c r="O91" t="inlineStr">
         <is>
-          <t>Amenaza de muerte, golpeada con un látigo por parte de su abuelo. El presidente Municipal Sergio R.  lo obligó a golpear a su nieta.</t>
+          <t>Amenaza de muerte y de ir a la cárcel  por pertenecer al cabildo.</t>
         </is>
       </c>
       <c r="P91" t="inlineStr">
         <is>
           <t>San Miguel Peras</t>
         </is>
       </c>
       <c r="Q91" t="inlineStr">
         <is>
           <t>San Miguel Peras</t>
         </is>
       </c>
       <c r="R91" t="inlineStr">
         <is>
           <t>Zaachila</t>
         </is>
       </c>
       <c r="S91" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T91" t="n">
         <v>20273</v>
       </c>
       <c r="U91" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V91" t="inlineStr">
         <is>
-          <t>Gabriela M.</t>
+          <t>Rosa A.</t>
         </is>
       </c>
       <c r="W91" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C92" t="n">
         <v>2017</v>
       </c>
       <c r="D92" s="1" t="n">
         <v>42757</v>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>Marina D.</t>
+          <t>Gabriela M.</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="I92" t="n">
         <v>2</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
-          <t>Desconocido</t>
+          <t>Sergio R.</t>
         </is>
       </c>
       <c r="K92" t="inlineStr"/>
       <c r="L92" t="inlineStr">
         <is>
-          <t>Desconocida</t>
+          <t>Presidente Municipal</t>
         </is>
       </c>
       <c r="M92" t="inlineStr">
         <is>
-          <t>Desconocida</t>
+          <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N92" t="inlineStr">
         <is>
           <t>Amenaza de muerte</t>
         </is>
       </c>
       <c r="O92" t="inlineStr">
         <is>
-          <t>Amenaza de muerte, si no renuncia irá a la cárcel por pertenecer al cabildo.</t>
+          <t>Amenaza de muerte, golpeada con un látigo por parte de su abuelo. El presidente Municipal Sergio R.  lo obligó a golpear a su nieta.</t>
         </is>
       </c>
       <c r="P92" t="inlineStr">
         <is>
           <t>San Miguel Peras</t>
         </is>
       </c>
       <c r="Q92" t="inlineStr">
         <is>
           <t>San Miguel Peras</t>
         </is>
       </c>
       <c r="R92" t="inlineStr">
         <is>
           <t>Zaachila</t>
         </is>
       </c>
       <c r="S92" t="inlineStr">
         <is>
           <t>Valles Centrales</t>
         </is>
       </c>
       <c r="T92" t="n">
         <v>20273</v>
       </c>
       <c r="U92" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V92" t="inlineStr">
         <is>
-          <t>Marina D.</t>
+          <t>Gabriela M.</t>
         </is>
       </c>
       <c r="W92" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>El Imparcial</t>
         </is>
       </c>
       <c r="C93" t="n">
         <v>2017</v>
       </c>
       <c r="D93" s="1" t="n">
         <v>42752</v>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Samantha C. M.</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I93" t="n">
         <v>1</v>
       </c>
       <c r="J93" t="inlineStr">
         <is>
           <t>Pablo A. V.</t>
         </is>
       </c>
       <c r="K93" t="inlineStr"/>
       <c r="L93" t="inlineStr">
         <is>
           <t>Síndico Municipal</t>
         </is>
       </c>
       <c r="M93" t="inlineStr">
         <is>
           <t>Compañero de trabajo</t>
         </is>
@@ -10173,609 +10173,609 @@
       <c r="P93" t="inlineStr">
         <is>
           <t>San Juan Bautista Lo de Soto Jamiltepec</t>
         </is>
       </c>
       <c r="Q93" t="inlineStr">
         <is>
           <t>San Juan Bautista Lo de Soto</t>
         </is>
       </c>
       <c r="R93" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S93" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T93" t="n">
         <v>20180</v>
       </c>
       <c r="U93" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V93" t="inlineStr">
         <is>
           <t>Samantha C. M.</t>
         </is>
       </c>
       <c r="W93" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C94" t="n">
         <v>2017</v>
       </c>
       <c r="D94" s="1" t="n">
         <v>42746</v>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>Yareli C. L.</t>
+          <t>Irma A. R.</t>
         </is>
       </c>
       <c r="F94" t="n">
         <v>45</v>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>Síndica Municipal</t>
+          <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I94" t="n">
         <v>1</v>
       </c>
       <c r="J94" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K94" t="inlineStr"/>
       <c r="L94" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M94" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="N94" t="inlineStr">
         <is>
-          <t>Acoso sexual</t>
+          <t>Golpes e insultos</t>
         </is>
       </c>
       <c r="O94" t="inlineStr">
         <is>
-          <t>Acoso sexual  por parte de un diputado.</t>
+          <t>Agredida por familiares del síndico Gabriel Á. G. y además fue obligada a firmar nombramientos a los simpatizantes del cabildo que la rechaza.</t>
         </is>
       </c>
       <c r="P94" t="inlineStr">
         <is>
           <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="Q94" t="inlineStr">
         <is>
           <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="R94" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S94" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T94" t="n">
         <v>20302</v>
       </c>
       <c r="U94" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V94" t="inlineStr">
         <is>
-          <t>Yareli C. L.</t>
+          <t>Irma A. R.</t>
         </is>
       </c>
       <c r="W94" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C95" t="n">
         <v>2017</v>
       </c>
       <c r="D95" s="1" t="n">
         <v>42746</v>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>Irma A. R.</t>
+          <t>Yareli C. L.</t>
         </is>
       </c>
       <c r="F95" t="n">
         <v>45</v>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>Presidenta Municipal</t>
+          <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I95" t="n">
         <v>1</v>
       </c>
       <c r="J95" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K95" t="inlineStr"/>
       <c r="L95" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M95" t="inlineStr">
         <is>
-          <t>Compañero de trabajo</t>
+          <t>Desconocida</t>
         </is>
       </c>
       <c r="N95" t="inlineStr">
         <is>
-          <t>Amenaza de muerte</t>
+          <t>Acoso sexual</t>
         </is>
       </c>
       <c r="O95" t="inlineStr">
         <is>
-          <t>Amenaza de muerte por su propio cabildo para que renuncie al cargo.</t>
+          <t>Acoso sexual  por parte de un diputado.</t>
         </is>
       </c>
       <c r="P95" t="inlineStr">
         <is>
           <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="Q95" t="inlineStr">
         <is>
           <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="R95" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S95" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T95" t="n">
         <v>20302</v>
       </c>
       <c r="U95" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V95" t="inlineStr">
         <is>
-          <t>Irma A.  R.</t>
+          <t>Yareli C. L.</t>
         </is>
       </c>
       <c r="W95" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C96" t="n">
         <v>2017</v>
       </c>
       <c r="D96" s="1" t="n">
         <v>42746</v>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>Irma A. R.</t>
         </is>
       </c>
       <c r="F96" t="n">
         <v>45</v>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I96" t="n">
         <v>1</v>
       </c>
       <c r="J96" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K96" t="inlineStr"/>
       <c r="L96" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M96" t="inlineStr">
         <is>
-          <t>Desconocida</t>
+          <t>Compañero de trabajo</t>
         </is>
       </c>
       <c r="N96" t="inlineStr">
         <is>
-          <t>Golpes e insultos</t>
+          <t>Amenaza de muerte</t>
         </is>
       </c>
       <c r="O96" t="inlineStr">
         <is>
-          <t>Agredida por familiares del síndico Gabriel Á. G. y además fue obligada a firmar nombramientos a los simpatizantes del cabildo que la rechaza.</t>
+          <t>Amenaza de muerte por su propio cabildo para que renuncie al cargo.</t>
         </is>
       </c>
       <c r="P96" t="inlineStr">
         <is>
           <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="Q96" t="inlineStr">
         <is>
           <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="R96" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S96" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T96" t="n">
         <v>20302</v>
       </c>
       <c r="U96" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V96" t="inlineStr">
         <is>
-          <t>Irma A. R.</t>
+          <t>Irma A.  R.</t>
         </is>
       </c>
       <c r="W96" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C97" t="n">
         <v>2016</v>
       </c>
       <c r="D97" s="1" t="n">
         <v>42712</v>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>Yareli C. L.</t>
+          <t>Irma A. R.</t>
         </is>
       </c>
       <c r="F97" t="n">
         <v>45</v>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>Síndica Municipal</t>
+          <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I97" t="n">
         <v>1</v>
       </c>
       <c r="J97" t="inlineStr">
         <is>
-          <t>Tomás B. G.</t>
+          <t>Desconocido</t>
         </is>
       </c>
       <c r="K97" t="inlineStr"/>
       <c r="L97" t="inlineStr">
         <is>
-          <t>Diputado local</t>
+          <t>Desconocida</t>
         </is>
       </c>
       <c r="M97" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="N97" t="inlineStr">
         <is>
-          <t>Acoso sexual</t>
+          <t>Amenaza de muerte</t>
         </is>
       </c>
       <c r="O97" t="inlineStr">
         <is>
-          <t>Acoso sexual por parte de un diputado.</t>
+          <t>Amenaza de muerte, su casa ha sido baleada.</t>
         </is>
       </c>
       <c r="P97" t="inlineStr">
         <is>
-          <t>Pinotepa Nacional</t>
+          <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="Q97" t="inlineStr">
         <is>
-          <t>Santiago Pinotepa Nacional</t>
+          <t>San Pedro Atoyac</t>
         </is>
       </c>
       <c r="R97" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S97" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T97" t="n">
-        <v>20482</v>
+        <v>20302</v>
       </c>
       <c r="U97" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V97" t="inlineStr">
         <is>
-          <t>Yareli C. L.</t>
+          <t>Irma R.</t>
         </is>
       </c>
       <c r="W97" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C98" t="n">
         <v>2016</v>
       </c>
       <c r="D98" s="1" t="n">
         <v>42712</v>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>Irma A. R.</t>
+          <t>Yareli C. L.</t>
         </is>
       </c>
       <c r="F98" t="n">
         <v>45</v>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>Presidenta Municipal</t>
+          <t>Síndica Municipal</t>
         </is>
       </c>
       <c r="I98" t="n">
         <v>1</v>
       </c>
       <c r="J98" t="inlineStr">
         <is>
-          <t>Desconocido</t>
+          <t>Tomás B. G.</t>
         </is>
       </c>
       <c r="K98" t="inlineStr"/>
       <c r="L98" t="inlineStr">
         <is>
+          <t>Diputado local</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
           <t>Desconocida</t>
         </is>
       </c>
-      <c r="M98" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N98" t="inlineStr">
         <is>
-          <t>Amenaza de muerte</t>
+          <t>Acoso sexual</t>
         </is>
       </c>
       <c r="O98" t="inlineStr">
         <is>
-          <t>Amenaza de muerte, su casa ha sido baleada.</t>
+          <t>Acoso sexual por parte de un diputado.</t>
         </is>
       </c>
       <c r="P98" t="inlineStr">
         <is>
-          <t>San Pedro Atoyac</t>
+          <t>Pinotepa Nacional</t>
         </is>
       </c>
       <c r="Q98" t="inlineStr">
         <is>
-          <t>San Pedro Atoyac</t>
+          <t>Santiago Pinotepa Nacional</t>
         </is>
       </c>
       <c r="R98" t="inlineStr">
         <is>
           <t>Jamiltepec</t>
         </is>
       </c>
       <c r="S98" t="inlineStr">
         <is>
           <t>Costa</t>
         </is>
       </c>
       <c r="T98" t="n">
-        <v>20302</v>
+        <v>20482</v>
       </c>
       <c r="U98" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V98" t="inlineStr">
         <is>
-          <t>Irma R.</t>
+          <t>Yareli C. L.</t>
         </is>
       </c>
       <c r="W98" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Violencia política de género</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Noticias</t>
         </is>
       </c>
       <c r="C99" t="n">
         <v>2016</v>
       </c>
       <c r="D99" s="1" t="n">
         <v>42710</v>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>Itaisa L. G.</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>Presidenta Municipal</t>
         </is>
       </c>
       <c r="I99" t="n">
         <v>2</v>
       </c>
       <c r="J99" t="inlineStr">
         <is>
           <t>Desconocido</t>
         </is>
       </c>
       <c r="K99" t="inlineStr"/>
       <c r="L99" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
       </c>
       <c r="M99" t="inlineStr">
         <is>
           <t>Desconocida</t>
         </is>
@@ -10793,58 +10793,58 @@
       <c r="P99" t="inlineStr">
         <is>
           <t>Santiago Lachiguiri</t>
         </is>
       </c>
       <c r="Q99" t="inlineStr">
         <is>
           <t>Santiago Lachiguiri</t>
         </is>
       </c>
       <c r="R99" t="inlineStr">
         <is>
           <t>Tehuantepec</t>
         </is>
       </c>
       <c r="S99" t="inlineStr">
         <is>
           <t>Istmo</t>
         </is>
       </c>
       <c r="T99" t="n">
         <v>20470</v>
       </c>
       <c r="U99" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
       <c r="V99" t="inlineStr">
         <is>
           <t>Itaisa L. G.</t>
         </is>
       </c>
       <c r="W99" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t> </t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>